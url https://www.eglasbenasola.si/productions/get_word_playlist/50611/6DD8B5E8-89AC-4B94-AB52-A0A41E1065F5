--- v0 (2025-10-17)
+++ v1 (2026-01-15)
@@ -156,51 +156,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005E3BD0" w:rsidRPr="003147FE" w:rsidRDefault="005E3BD0" w:rsidP="005E3BD0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003147FE">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
-        <w:t>Petek, 15. novembra 2019, ob 18.00</w:t>
+        <w:t>petek, 15. novembra 2019, ob 18.00</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E3BD0" w:rsidRPr="003147FE" w:rsidRDefault="005E3BD0" w:rsidP="005E3BD0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005E3BD0" w:rsidRPr="003147FE" w:rsidRDefault="005E3BD0" w:rsidP="005E3BD0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="sl-SI"/>