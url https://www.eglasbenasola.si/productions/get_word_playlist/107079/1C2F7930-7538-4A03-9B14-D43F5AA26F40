--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -94,51 +94,51 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00202B74">
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t>SLAVNOSTNA SEJA KS VRBJE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C64C98" w:rsidRDefault="00C64C98" w:rsidP="00C64C98">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>petek, 14. novembra 2025, ob 19.00</w:t>
+        <w:t>petek, 14. novembra 2025, ob 18.00</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00202B74" w:rsidRDefault="00202B74" w:rsidP="00202B74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Dom krajanov Vrbje</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00186F7F" w:rsidRDefault="00186F7F" w:rsidP="00C64C98">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -151,77 +151,346 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="800"/>
         <w:gridCol w:w="4878"/>
         <w:gridCol w:w="4000"/>
       </w:tblGrid>
+      <w:tr w:rsidR="00186F7F" w:rsidTr="00183171">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186F7F" w:rsidRPr="00186F7F" w:rsidRDefault="00186F7F" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4878" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186F7F" w:rsidRDefault="00186F7F" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>U. Koder: Cvetje v jeseni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186F7F" w:rsidRDefault="00186F7F" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">trio harmonik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186F7F" w:rsidTr="00183171">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186F7F" w:rsidRPr="00186F7F" w:rsidRDefault="00186F7F" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4878" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186F7F" w:rsidRDefault="00186F7F" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>J. Derbenko: Rock-Toccata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186F7F" w:rsidRDefault="00186F7F" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jaša Derča</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">harmonika, 7. razred</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186F7F" w:rsidTr="00183171">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186F7F" w:rsidRPr="00186F7F" w:rsidRDefault="00186F7F" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4878" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186F7F" w:rsidRDefault="00186F7F" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>J. Golob/prir. R. Mahnič: Moja dežela</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186F7F" w:rsidRDefault="00186F7F" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jaka Hrovat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">harmonika, 6. razred</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w:rsidR="00186F7F" w:rsidRDefault="00186F7F" w:rsidP="00186F7F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="7370"/>
       </w:tblGrid>
+      <w:tr w:rsidR="00183171" w:rsidTr="00183171">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00183171" w:rsidRDefault="00183171" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Priprava točk:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00183171" w:rsidRDefault="00183171" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00183171">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Nataliia Ermakova, prof. (2, 3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00183171" w:rsidRDefault="00183171" w:rsidP="00186F7F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00183171">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00183171" w:rsidTr="00183171">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00183171" w:rsidRDefault="00183171" w:rsidP="00186F7F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Organizatorji:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7370" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00183171" w:rsidRDefault="00183171" w:rsidP="00186F7F">
             <w:pPr>